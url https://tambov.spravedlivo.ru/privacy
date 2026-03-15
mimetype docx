--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -1,14885 +1,22852 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:tbl>
-[...564 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="736"/>
+        <w:ind w:left="1474" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:keepNext/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="000001" w:sz="12" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="2" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>78740</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>39370</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="787400" cy="734060"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1" name="Изображение2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="1" name="Изображение2"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1"/>
+                        </pic:cNvPicPr>
+                        <pic:nvPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId12"/>
+                        <a:stretch/>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="787400" cy="734060"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype type="#_x0000_t75" o:spt="75" coordsize="21600,21600" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+              </v:shapetype>
+              <v:shape id="_x0000_i0" o:spid="_x0000_s0" type="#_x0000_t75" style="position:absolute;z-index:2;o:allowoverlap:true;o:allowincell:false;mso-position-horizontal-relative:text;margin-left:6.20pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:3.10pt;mso-position-vertical:absolute;width:62.00pt;height:57.80pt;mso-wrap-distance-left:0.00pt;mso-wrap-distance-top:0.00pt;mso-wrap-distance-right:0.00pt;mso-wrap-distance-bottom:0.00pt;" stroked="false">
+                <v:path textboxrect="0,0,0,0"/>
+                <w10:wrap type="square"/>
+                <v:imagedata r:id="rId12" o:title=""/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РЕГИОНАЛЬНОЕ ОТДЕЛЕНИЕ </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="736"/>
+        <w:ind w:left="1474" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="000001" w:sz="12" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СОЦИАЛИСТИЧЕСКОЙ ПОЛИТИЧЕСКОЙ ПАРТИИ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СПРАВЕДЛИВАЯ РОССИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="736"/>
+        <w:ind w:left="1474" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="000001" w:sz="12" w:space="0"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ТАМБОВСКОЙ ОБЛАСТИ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="735"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1474" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:keepNext/>
+        <w:spacing w:before="57" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708" w:leader="none"/>
+          <w:tab w:val="left" w:pos="8786" w:leader="none"/>
+        </w:tabs>
+        <w:outlineLvl w:val="3"/>
+        <w:suppressLineNumbers/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="718"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:iCs/>
+          <w:color w:val="00000a"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">392000, г. Тамбов, ул. Базарная, 126, тел.: 8 (910) 854-02-13, tambov.spravedlivo.ru, e-mail: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="719"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i/>
-          <w:szCs w:val="26"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:iCs/>
+          <w:color w:val="00000a"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tambov@spravedlivo.ru</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="712"/>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:szCs w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:szCs w:val="26"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="712"/>
+        <w:ind w:left="180" w:right="141"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="712"/>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26 января 2026 г.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00423046">
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Политика</w:t>
-[...6 lines deleted...]
-        <w:contextualSpacing/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00423046">
+        <w:t xml:space="preserve">Политика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">в отношении обработки персональных данных </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Общие положения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. Настоящая Политика в отношении обработки персональных данных (далее — Политика) разработана во исполнение требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DFCDBC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>п. 2 ч. 1 ст. 18.1</w:t>
+          <w:t xml:space="preserve">п. 2 ч. 1 ст. 18.1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">акона от 27.07.2006 № 152-ФЗ «О персональных данных» (далее — Закон) в целях обеспечения защиты прав и свобод человека и гражданина при обработке его персональных данных, в том числе защиты прав на неприкосновенность частной жизни, личную и семейную тайну.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2. Политика действует в отношении всех персональных данных, которые обрабатывает </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk178950963"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk178950963"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">региональное отделение Партии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СПРАВЕДЛИВАЯ РОССИЯ </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тамбовской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00423046">
-[...17 lines deleted...]
-      <w:r w:rsidR="00BF06FB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее — Оператор).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3. Политика распространяется на отношения в области обработки персональных данных, возникшие у Оператора как до, так и после утверждения настоящей Политики.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.4. Во исполнение требований ч. 2 ст. 18.1 Закона настоящая Политика публикуется в свободном доступе пут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ем её размещения на сайте Оператора в информационно- телекоммуникационной сети «Интернет» по адресу tambov.spravedlivo.ru/27595610, а также на информационной доске на территории Оператора, по адресу: 392000, Тамбовская область, г. Тамбов, ул. Базарная, 126</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Тамбовской</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F3246" w:rsidRPr="006F3246">
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.5. Основные понятия, используемые в Политике:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t xml:space="preserve">персональные данные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — любая информация, относящаяся к прямо или косвенно определенному или определяемому физическому лицу (субъекту персональных данных);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...141 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>персональные данные</w:t>
-[...14 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t xml:space="preserve">оператор персональных данных (оператор)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — государственный орган, муниципальный орган, юридическое или физическое лицо, самостоятельно или со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вместно с другими лицами организующие и (или) осуществляющие обработку персональных данных, а также определяющие цели обработки персональных данных, состав персональных данных, подлежащих обработке, действия (операции), совершаемые с персональными данными;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>оператор персональных данных (оператор)</w:t>
-[...14 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t xml:space="preserve">обработка персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — любое действие (операция) или совокупность действий (операций) с персональными данными, совершаемых с использованием средств автоматизации или без их использования. Обработка персональных данных включает в себя в том числе:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сбор;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запись;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">систематизацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">накопление;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хранение;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уточнение (обновление, изменение);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">извлечение;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">использование;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">передачу (распространение, предоставление, доступ);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обезличивание;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">блокирование;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удаление;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уничтожение.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>обработка персональных данных</w:t>
-[...12 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:t xml:space="preserve">автоматизированная обработка персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — обработка персональных данных с помощью средств вычислительной техники;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">распространение персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — действия, направленные на раскрытие персональных данных неопределенному кругу лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководитель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — руководитель исполнительного органа Оператора (Председатель Совета регионального отделения партии);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставление персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — действия, направленные на раскрытие персональных данных определенному лицу или определенному кругу лиц;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">блокирование персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — временное прекращение обработки персональных данных (за исключением случаев, если обработка необходима для уточнения персональных данных);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уничтожение персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — действия, в результате которых становится невозможным восстановить содержание персональных данных в информационной системе персональных данных и (или) в результате которых уничтожаются материальные носители персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обезличивание персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — действия, в результате которых становится невозможным без использования дополнительной информации определить принадлежность персональных данных конкретному субъекту персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационная система персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — совокупность содержащихся в базах данных персональных данных и обеспечивающих их обработку информационных технологий и технических средств.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.6. Основные права и обязанности Оператора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.6.1. Оператор имеет право:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="1134" w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...637 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">самостоятельно определять состав и перечень мер, необходимых и достаточных для обеспечения выполнения обязанностей, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId14" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Законом</w:t>
+          <w:t xml:space="preserve">Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных и принятыми в соответствии с ним нормативными правовыми актами, если иное не предусмотрено Законом о персональных данных или другими федеральными законами;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поручить обработку персональных данных другому лицу с согласия субъекта персональных данных, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">если иное не предусмотрено федеральным законом, на основании заключаемого с этим лицом договора. Лицо, осуществляющее обработку персональных данных по поручению Оператора, обязано соблюдать принципы и правила обработки персональных данных, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Законом</w:t>
+          <w:t xml:space="preserve">Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных, соблюдать конфиденциальность персональных данных, принимать необходимые меры, направленные на обеспечение выполнения обязанностей, предусмотренных Законом о персональных данных;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">в случае отзыва субъектом персональных данных согласия на обработку персональных данных Оператор вправе продолжить обработку персональных данных без согласия субъекта персональных данных при наличии оснований, указанных в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId16" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1D1CDBC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Законе</w:t>
+          <w:t xml:space="preserve">Законе</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.6.2. Оператор обязан:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">организовывать обработку персональных данных в соответствии с требованиями </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId17" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Закона</w:t>
+          <w:t xml:space="preserve">Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">отвечать на обращения и запросы субъектов персональных данных и их законных представителей в соответствии с требованиями </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId18" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Закона</w:t>
+          <w:t xml:space="preserve">Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">сообщать в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId19" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D2D1CABC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>уполномоченный орган по защите прав субъектов персональных данных</w:t>
+          <w:t xml:space="preserve">уполномоченный орган по защите прав субъектов персональных данных</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Федеральную службу по надзору в сфере связи, информационных технологий и массовых коммуникаций (Роскомнадзор)) по запросу этого органа необходимую информацию в течение 10 рабочих дней с дат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы получения такого запроса. Данный срок может быть продлен, но не более чем на пять рабочих дней. Для этого Оператору необходимо направить в Роскомнадзор мотивированное уведомление с указанием причин продления срока предоставления запрашиваемой информации;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в порядке, определенном федеральным органом исполнительной власти, уполномоченным в области обеспечения безопасности, обеспечивать взаимодействие с государственной системой о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бнаружения, предупреждения и ликвидации последствий компьютерных атак на информационные ресурсы РФ, включая информирование его о компьютерных инцидентах, которые повлекли неправомерную передачу (предоставление, распространение, доступ) персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.7. Основные права субъекта персональных данных. Субъект персональных данных имеет право:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">получать информацию, касающуюся обработки его персональных данных, за исключением случаев, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId20" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DAC8BC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>федеральными законами</w:t>
+          <w:t xml:space="preserve">федеральными законами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00423046">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Сведения предоставляются субъ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екту персональных данных Оператором в доступной форме, и в них не должны содержаться персональные данные, относящиеся к другим субъектам персональных данных, за исключением случаев, когда имеются законные основания для раскрытия таких персональных данных. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Перечень</w:t>
+          <w:t xml:space="preserve">Перечень</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> информации и </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId22" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBCDBC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>порядок</w:t>
+          <w:t xml:space="preserve">порядок</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> ее получения установлен </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId23" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Законом</w:t>
+          <w:t xml:space="preserve">Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">требовать от оператора уточнения его персональных данных, их бл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">окирования или уничтожения в случае, если персональные данные являются неполными, устаревшими, неточными, незаконно полученными или не являются необходимыми для заявленной цели обработки, а также принимать предусмотренные законом меры по защите своих прав;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дать предварительное согласие на обработку персональных данных в целях продвижения на рынке товаров, работ и услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">обжаловать в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId24" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617767FBA17FEAA1871CB8FB5FE7275ECA7441F9B5D3DACDBC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Роскомнадзоре</w:t>
+          <w:t xml:space="preserve">Роскомнадзоре</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> или в судебном порядке неправомерные действия или бездействие Оператора при обработке его персональных данных.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.8. Контроль за исполнением требований настоящей Политики осуществляется уполномоченным лицом, ответственным за организацию обработки персональных данных у Оператора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.9. Ответственность за нарушение требований законодательства Российской Федерации и нормативных актов Оператора в сфере обработки и защиты персональных данных определяется в соответствии с законодательством Российской Федерации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
       <w:bookmarkStart w:id="2" w:name="P61"/>
+      <w:r/>
       <w:bookmarkEnd w:id="2"/>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Цели сбора персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. Обработка персональных данных ограничивается достижением конкретных, заранее определенных и законных целей. Не допускается обработка персональных данных, несовместимая с целями сбора персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2. Обработке подлежат только персональные данные, которые отвечают целям их обработки.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r/>
       <w:bookmarkStart w:id="3" w:name="P65"/>
+      <w:r/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00423046">
-[...11 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. Обработка Оператором персональных данных осуществляется в следующих целях:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведение кадрового и бухгалтерского учета;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подбор персонала (соискателей) на вакантные должности Оператора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подготовка, заключение и исполнение гражданско-правового договора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведение воинского учета;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение пропускного режима на территорию Оператора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение соблюдения трудового законодательства РФ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение соблюдения налогового законодательства РФ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение соблюдения пенсионного законодательства РФ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk177740677"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">добровольное медицинское страхование</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение прохождения ознакомительной, производственной или преддипломной практики на основании договора с учебным заведением;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk177740677"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">политическая агитация;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работа с персональными данными на сайте Оператора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иных целях, предусмотренных действующим законодательством РФ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4. Обработка персональных данных может осуществляться исключительно в целях обеспечения соблюдения законов и иных нормативных правовых актов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Правовые основания обработки персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Правовым основанием обработки персональных данных является совокупность нормативных правовых актов, во исполнение которых и в соответствии с которыми Оператор осуществляет обработку персональных данных, в том числе:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:r w:rsidR="00620D5F" w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r/>
+      <w:hyperlink r:id="rId25" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DD6D7367F4F228E8F0D212BDF30FBD3748837946E7B5D5C7CFB701M5G3I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Конституция</w:t>
+          <w:t xml:space="preserve">Конституция</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00620D5F" w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Гражданский </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId26" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667C66F8A57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>кодекс</w:t>
+          <w:t xml:space="preserve">кодекс</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Трудовой </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId27" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB647D60FBA47FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>кодекс</w:t>
+          <w:t xml:space="preserve">кодекс</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Налоговый </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId28" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617C63F9A07FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>кодекс</w:t>
+          <w:t xml:space="preserve">кодекс</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r/>
       <w:bookmarkStart w:id="5" w:name="_Hlk137544544"/>
-      <w:r w:rsidRPr="00423046">
-[...5 lines deleted...]
-        <w:t>Федеральный закон от 27.07.2006 № 152-ФЗ «О персональных данных»;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федеральный закон от 27.07.2006 № 152-ФЗ «О персональных данных»;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId29" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB677562FAA67FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>закон</w:t>
+          <w:t xml:space="preserve">закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> от 06.12.2011 № 402-ФЗ «О бухгалтерском учете»;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId30" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617661F9A77FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>закон</w:t>
+          <w:t xml:space="preserve">закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> от 15.12.2001 № 167-ФЗ «Об обязательном пенсионном страховании в Российской Федерации»;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федеральный закон от 27.07.2006 № 149-ФЗ «Об информации, информационных технологиях и о защите информации»;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27">
-        <w:r w:rsidR="00620D5F" w:rsidRPr="00423046">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федеральный закон от 12.06.2002 № 67-ФЗ «Об основных гарантиях избирательных прав и права на участие в референдуме граждан Российской Федерации»;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="1276" w:hanging="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r/>
+      <w:hyperlink r:id="rId31" w:tooltip="consultantplus://offline/ref=4B1AA24D5380655912E1FD663DD0814500FBE1B2D53546F83D03A09CB83C494FA2C971DB1BF6C3AEB0BA7AD0A6T8g8G" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Постановление</w:t>
+          <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00620D5F" w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 27.11.2006 № 719 «Об утверждении Положения о воинском учете»;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постановление Правительства РФ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 15.09.2008 г. № 687 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Постановление Правительства РФ </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">«Об утверждении Положения об особенностях обработки персональных данных, осуществляемой без использования средств автоматизации»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">от 15.09.2008 г. № 687 </w:t>
-[...23 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="36"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-1"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иные нормативные правовые акты, регулирующие отношения, связанные с деятельностью Оператора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. Правовым основанием обработки персональных данных также являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Устав Оператора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">договоры, заключаемые между Оператором и субъектами персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:r w:rsidR="00620D5F" w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r/>
+      <w:hyperlink r:id="rId32" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1DEC5BC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>согласие</w:t>
+          <w:t xml:space="preserve">согласие</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00620D5F" w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> субъектов персональных данных на обработку их персональных данных.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Объем и категории обрабатываемых персональных данных, категории субъектов персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">4.1. Содержание и объем обрабатываемых персональных данных должны соответствовать заявленным целям обработки, предусмотренным в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink w:tooltip="#P61" w:anchor="P61" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>разд. 2</w:t>
+          <w:t xml:space="preserve">разд. 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей Политики. Обрабатываемые персональные данные не должны быть избыточными по отношению к заявленным целям их обработки.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. Оператор может обрабатывать персональные данные следующих категорий субъектов персональных данных:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.1. Для цели ведения кадрового и бухгалтерского учета — работники, родственники работников, уволенные работники:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="727"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:contextualSpacing/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1185" w:leader="none"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата ро</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ждения; место рождения; семейное положение; социальное положение; имущественное положение; доходы; пол; адрес электронной почты; адрес места жительства; адрес регистрации; номер телефона; СНИЛС; ИНН; гражданство; данные документа, удостоверяющего личность;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данные водительского удостоверения; данные документа, содержащиеся в свидетельстве о рождении; реквизиты банковской карты; номер расчетного счета; номер лицевого счета; профессия; должность; сведения о трудовой деятельности (в том числе стаж работы, данны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е о трудовой занятости на текущее время с указанием наименования и расчетного счета организации); отношение к воинской обязанности, сведения о воинском учете; сведения об образовании; фото-видео изображение лица; политические взгляды; сведения о судимости.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.2. Для цели подбора персонала (соискателей) на вакантные должности Оператора — соискатели:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата рождения; семейное положение; пол; адрес места жительства; ном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ер телефона; гражданство; профессия; должность; сведения о трудовой деятельности (в том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации); сведения об образовании; политические взгляды.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.3. Для цели подготовки, заключения и исполнения гражданско-правового договора — контрагенты, представители контрагентов, выгодоприобретатели по договорам, законные представители:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имя, отчество; год рождения; месяц рождения; дата рождения; доходы; адрес электронной почты; адрес места жительства; адрес регистрации; номер телефона; СНИЛС; ИНН; гражданство; данные документа, удостоверяющего личность; номер расчетного счета; должность.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.4. Для цели ведения воинского учета — работники, уволенные работники:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ождения; место рождения; семейное положение; пол; адрес места жительства; адрес регистрации; номер телефона; гражданство; данные документа, удостоверяющего личность; данные водительского удостоверения; профессия; должность; сведения о трудовой деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации); отношение к воинской обязанности, сведения о воинском учете; сведения об образовании; знание иностранных языков, состав семьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.5. Для цели обеспечения пропускного режима на территорию Оператора  — работники:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="727"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:contextualSpacing/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; должность.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk177740296"/>
+      <w:r/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.6. Для цели обеспечения соблюдения трудового законодательства РФ — работники, уволенные работники:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; месяц рождения; дата рождения; место рождения; семейное положение; доходы; пол; адрес места жительства; адрес регистрации; СНИЛС; ИНН; гражданство; данные документа, удостоверяющего личность; данные водительского удостоверения; реквизиты банковской карты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; номер расчетного счета; номер лицевого счета; профессия; должность; сведения о трудовой деятельности (в том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации); сведения об образовании.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.7. Для цели обеспечения соблюдения налогового законодательства РФ — работники, уволенные работники:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk177740296_Копия_1"/>
+      <w:r/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата рождения; д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оходы; адрес регистрации; СНИЛС; ИНН; гражданство; данные документа, удостоверяющего личность; сведения о трудовой деятельности (в том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.8. Для цели обеспечения соблюдения пенсионного законодательства РФ — работники, уволенные работники:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата рождения; доходы; пол;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес регистрации; СНИЛС; гражданство; данные документа, удостоверяющего личность; должность; сведения о трудовой деятельности (в том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.9. Для цели добровольного медицинского страхования — работники:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата рождения; пол; ад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рес регистрации; номер телефона; СНИЛС; данные документа, удостоверяющего личность; должность; сведения о трудовой деятельности (в том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.10. Для цели обеспечения прохождения ознакомительной, производственной или преддипломной практики на основании договора с учебным заведением — практиканты:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата рождения; адрес регистрации; гражданст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во; данные документа, удостоверяющего личность; профессия; должность; сведения о трудовой деятельности (в том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации); сведения об образовании.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.11. Для цели политической агитации — работники, члены партии, кандидаты на выборные должности:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="850" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата рождения; место рождения; семейное положение; имущественное пол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ожение; доходы; пол; адрес места жительства; адрес регистрации; гражданство; данные документа, удостоверяющего личность; данные документа, удостоверяющего личность за пределами Российской Федерации; профессия; должность; сведения о трудовой деятельности (в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации); отношение к воинской обязанности, сведения о воинском учете; сведения об образовании; политические взгляды; сведения о судимости.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2.12. Для цели работы с персональными данными на сайте Оператора — работники, члены партии, кандидаты на выборные должности:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="850" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилия, имя, отчество; год рождения; месяц рождения; дата рождения; пол; гражданство; профессия; должность; сведения о тру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">довой деятельности (в том числе стаж работы, данные о трудовой занятости на текущее время с указанием наименования и расчетного счета организации); сведения, собираемые посредством метрических программ; сведения об образовании; фото-видео изображение лица.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. Оператор осуществляет обработку персональных данных следующими способами:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сбор;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запись;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">систематизацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">накопление;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хранение;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уточнение (обновление, изменение);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">извлечение;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">использование;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">передачу (распространение, предоставление, доступ);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">блокирование;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удаление;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-        <w:ind w:right="-1"/>
+        <w:ind w:left="1276" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...21 lines deleted...]
-        <w:ind w:right="-1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уничтожение.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...21 lines deleted...]
-        <w:ind w:right="-1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4. Обработка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оператором биометрических персональных данных (сведений, которые характеризуют физиологические и биологические особенности человека, на основании которых можно установить его личность) осуществляется в соответствии с законодательством Российской Федерации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3795 lines deleted...]
-        <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. Оператором не осуществляется обработка специальных категорий персональных данных, касающихся расовой, национальной принадлежности, религиозных или философских убеждений, состояния здоровья, интимной жизни, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D3D1CFBC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>законодательством</w:t>
+          <w:t xml:space="preserve">законодательством</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> РФ.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Порядок и условия обработки персональных данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. Обработка персональных данных осуществляется Оператором в соответствии с требованиями законодательства Российской Федерации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2. Обработка персональных данных осуществляется с согласия субъектов персональных данных на обработку их персональных данных, а также без такового в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId34" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1DCCABC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>случаях</w:t>
+          <w:t xml:space="preserve">случаях</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, предусмотренных законодательством Российской Федерации.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.3. Оператор осуществляет обработку персональных данных для каждой цели их обработки следующими способами:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неавтоматизированная обработка персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автоматизированная обработка персональных данных с передачей полученной информации по информационно-телекоммуникационным сетям или без таковой;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">смешанная обработка персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4. К обработке персональных данных допускаются работники Оператора, в должностные обязанности которых входит обработка персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">5.5. Обработка персональных данных для каждой цели обработки, указанной в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P65">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink w:tooltip="#P65" w:anchor="P65" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>п. 2.3</w:t>
+          <w:t xml:space="preserve">п. 2.3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Политики, осуществляется путем:</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получения персональных данных в устной и письменной форме непосредственно от субъектов персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внесения персональных данных в журналы, реестры и информационные системы Оператора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">использования иных способов обработки персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.6. Не допускается раскрытие третьим лицам и распространение персональных данных без согласия субъекта персональных данных, ес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли иное не предусмотрено федеральным законом. Согласие на обработку персональных данных, разрешенных субъектом персональных данных для распространения, оформляется отдельно от иных согласий субъекта персональных данных на обработку его персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:r w:rsidR="00620D5F" w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r/>
+      <w:hyperlink r:id="rId35" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DC6D7664F7A37FEAA1871CB8FB5FE7275ECA7441F9B5D3D8CFBC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Требования</w:t>
+          <w:t xml:space="preserve">Требования</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00620D5F" w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к содержанию согласия на обработку персональных данных, разреш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">енных субъектом персональных данных для распространения, утверждены Приказом Роскомнадзора от 24.02.2021 № 18 «Об утверждении требований к содержанию согласия на обработку персональных данных, разрешенных субъектом персональных данных для распространения».</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.7. Передача</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персональных данных органам дознания и следствия, в Федеральную налоговую службу, Социальный фонд России и другие уполномоченные органы исполнительной власти и организации осуществляется в соответствии с требованиями законодательства Российской Федерации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.8. Опер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атор принимает необходимые правовые, организационные и технические меры для защиты персональных данных от неправомерного или случайного доступа к ним, уничтожения, изменения, блокирования, распространения и других несанкционированных действий, в том числе:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определяет угрозы безопасности персональных данных при их обработке;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает локальные нормативные акты и иные документы, регулирующие отношения в сфере обработки и защиты персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...11 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">назначает лиц, ответственных за обеспечение безопасности персональных данных в структурных подразделениях и информационных системах Оператора;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создает необходимые условия для работы с персональными данными;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организует учет документов, содержащих персональные данные;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организует работу с информационными системами, в которых обрабатываются персональные данные;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хранит персональные данные в условиях, при которых обеспечивается их сохранность и исключается неправомерный доступ к ним;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организует обучение работников Оператора, осуществляющих обработку персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9. Оператор осущ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ествляет хранение персональных данных в форме, позволяющей определить субъекта персональных данных, не дольше, чем этого требует каждая цель обработки персональных данных, если срок хранения персональных данных не установлен федеральным законом, договором.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">5.9.1. Персональные данные на бумажных носителях хранятся у Оператора в течение сроков хранения документов, для которых эти сроки предусмотрены законодательством об архивном деле в РФ (Федеральный </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId36" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB677663FAA17FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>закон</w:t>
+          <w:t xml:space="preserve">закон</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> от 22.10.2004 № 125-ФЗ «Об архивном деле в Российской Федерации», </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId37" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DC617162FDA47FEAA1871CB8FB5FE7275ECA7441F9B5D3D8CDBC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Перечень</w:t>
+          <w:t xml:space="preserve">Перечень</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> типовых управленческих архивных документов, образующихся в процессе деятельности государственных органов, органов местного самоуправления и организаций, с указанием сроков их хранения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(утв. Приказом Росархива от 20.12.2019 № 236 «Об утверждении Перечня типовых управленческих архивных документов, образующихся в процессе деятельности государственных органов, органов местного самоуправления и организаций, с указанием сроков их хранения»)).</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9.2. Срок хранения персональных данных, обрабатываемых в информационных системах персональных данных, соответствует сроку хранения персональных данных на бумажных носителях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.10. Оператор прекращает обработку персональных данных в следующих случаях:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выявлен факт их неправомерной обработки. Срок — в течение трех рабочих дней с даты выявления;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">достигнута цель их обработки;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">истек срок действия или отозвано согласие субъекта персональных данных на обработку указанных данных, когда по </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId38" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Закону</w:t>
+          <w:t xml:space="preserve">Закону</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> обработка этих данных допускается только с согласия.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.11. При достижении целей обработки персональных данных, а также в случае отзыва субъектом персональных данных согласия на их обработку Оператор прекращает обработку этих данных, если:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иное не предусмотрено договором, стороной которого, по которому является субъект персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Оператор не вправе осуществлять обработку без согласия субъекта персональных данных на основаниях, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId39" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Законом</w:t>
+          <w:t xml:space="preserve">Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> или иными федеральными законами;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="31"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иное не предусмотрено другим соглашением между Оператором и субъектом персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.12. При обращении субъекта персональных д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анных к Оператору с требованием о прекращении обработки персональных данных в срок, не превышающий 10 рабочих дней с даты получения Оператором соответствующего требования, обработка персональных данных прекращается, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Законом</w:t>
+          <w:t xml:space="preserve">Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
-[...21 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Указанный срок может быть продлен, но не более чем на пять рабочих дней. Для этого Оператору необходимо направить субъекту персональных данных мотивированное уведомление с указанием причин продления срока.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.13. При сборе персональных данных, в том числе посредством информационно-телекоммуникационной сети «Интернет», Оператор обеспечивае</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т запись, систематизацию, накопление, хранение, уточнение (обновление, изменение), извлечение персональных данных граждан Российской Федерации с использованием баз данных, находящихся на территории Российской Федерации, за исключением случаев, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441FDBE878889E20E508F35C0B966196873M4G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Законе</w:t>
+          <w:t xml:space="preserve">Законе</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="729"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:t xml:space="preserve">5.14. Оператором используются следующие информационные системы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="729"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00423046">
+        <w:t xml:space="preserve">1С: Бухгалтерия</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="729"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00423046">
+        <w:t xml:space="preserve">Корпоративная почта</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="729"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00423046">
+        <w:t xml:space="preserve">Программа учета членов партии</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="729"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t xml:space="preserve">Специализированное программное изделие избирательных комиссий.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Актуализация, исправление, удаление, уничтожение персональных данных, ответы на запросы субъектов на доступ к персональным данным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">6.1. Подтверждение факта обработки персональных данных Оператором, правовые основания и цели обработки персональных данных, а также иные сведения, указанные в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId42" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>ч. 7 ст. 14</w:t>
+          <w:t xml:space="preserve">ч. 7 ст. 14</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона, предоставляются Оператором субъекту персональных данных или его представителю в течение 10 рабочих дней с момента обращения либо получения запроса субъекта персональных данных или ег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о представителя. Данный срок может быть продлен, но не более чем на пять рабочих дней. Для этого Оператору следует направить субъекту персональных данных мотивированное уведомление с указанием причин продления срока предоставления запрашиваемой информации.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В предоставляемые сведения не включаются персональные данные, относящиеся к другим субъектам персональных данных, за исключением случаев, когда имеются законные основания для раскрытия таких персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Запрос должен содержать:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">номер основного документа, удостоверяющего личность субъекта персональных данных или его представителя, сведения о дате выдачи указанного документа и выдавшем его органе;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сведения, подтвержд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ающие участие субъекта персональных данных в отношениях с Оператором (номер договора, дата заключения договора, условное словесное обозначение и (или) иные сведения), либо сведения, иным образом подтверждающие факт обработки персональных данных Оператором;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подпись субъекта персональных данных или его представителя.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Запрос может быть направлен в форме электронного документа и подписан электронной подписью в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId43" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB66716AF7A37FEAA1871CB8FB5FE7275ECA7441F9B5D1D8C4BC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>законодательством</w:t>
+          <w:t xml:space="preserve">законодательством</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Оператор предоставляет сведения, указанные в </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId44" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>ч. 7 ст. 14</w:t>
+          <w:t xml:space="preserve">ч. 7 ст. 14</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, субъекту персональных данных или его представителю в той форме, в которой направлены соответствующие обращение либо запрос, если иное не указано в обращении или запросе.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Если в обращении (запросе) субъекта персональных данных не отражены в соответствии с требованиями </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId45" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBCDBC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Закона</w:t>
+          <w:t xml:space="preserve">Закона</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных все необходимые сведения или субъект не обладает правами доступа к запрашиваемой информации, то ему направляется мотивированный отказ.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00423046">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Право субъекта персональных данных на доступ к его персональным данным может быть ограничено в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId46" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DAC8BC5701CD7ECDBF7E05687755265311M5GAI" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>ч. 8 ст. 14</w:t>
+          <w:t xml:space="preserve">ч. 8 ст. 14</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, в том числе если доступ субъекта персональных данных к его персональным данным нарушает права и законные интересы третьих лиц.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...13 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. В случае выявления неточных персональных данных при обращении субъекта персональных данных или его представителя либо по их запросу или по запросу Роскомнадзора Оператор осуществляет блокирование персональных дан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ных, относящихся к этому субъекту персональных данных, с момента такого обращения или получения указанного запроса на период проверки, если блокирование персональных данных не нарушает права и законные интересы субъекта персональных данных или третьих лиц.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае подтверждения факта неточности персональных данных Оператор на основании сведений, п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">редставленных субъектом персональных данных или его представителем либо Роскомнадзором, или иных необходимых документов уточняет персональные данные в течение семи рабочих дней со дня представления таких сведений и снимает блокирование персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3. В случае выявления неправомерной обработки персональных данных при обращении (запрос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) субъекта персональных данных или его представителя либо Роскомнадзора Оператор осуществляет блокирование неправомерно обрабатываемых персональных данных, относящихся к этому субъекту персональных данных, с момента такого обращения или получения запроса.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4. При выявлени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и Оператором, Роскомнадзором или иным заинтересованным лицом факта неправомерной или случайной передачи (предоставления, распространения) персональных данных (доступа к персональным данным), повлекшей нарушение прав субъектов персональных данных, Оператор:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 24 часов — уведомляет Роскомнадзор о произошедшем инциденте, предполагаемых причинах, повлекших нарушение прав субъектов персональных данных, предп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олагаемом вреде, нанесенном правам субъектов персональных данных, и принятых мерах по устранению последствий инцидента, а также предоставляет сведения о лице, уполномоченном Оператором на взаимодействие с Роскомнадзором по вопросам, связанным с инцидентом;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 72 часов — уведомляет Роскомнадзор о результатах внутреннего расследования выявленного инцидента и предоставляет сведения о лицах, действия которых стали его причиной (при наличии).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5. Порядок уничтожения персональных данных Оператором.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5.1. Условия и сроки уничтожения персональных данных Оператором:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">достижение цели обработки персональных данных либо утрата необходимости достигать эту цель — в течение 30 дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">достижение максимальных сроков хранения документов, содержащих персональные данные — в течение 30 дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставление субъектом персональных данных (его представителем) подтверждения того, что персональные данные получены незаконно или не являются необходимыми для заявленной цели обработки — в течение семи рабочих дней;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...12 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отзыв субъектом персональных данных согласия на обработку его персональных данных, если их сохранение для цели их обработки более не требуется — в течение 30 дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5.2. При достижении цели обработки персональных данных, а также в случае отзыва субъектом персональных данных согласия на их обработку персональные данные подлежат уничтожению, если:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...10 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иное не предусмотрено договором, стороной которого, по которому является субъект персональных данных;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">Оператор не вправе осуществлять обработку без согласия субъекта персональных данных на основаниях, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43">
-        <w:r w:rsidRPr="00423046">
+      <w:hyperlink r:id="rId47" w:tooltip="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
           </w:rPr>
-          <w:t>Законом</w:t>
+          <w:t xml:space="preserve">Законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00423046">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> о персональных данных или иными федеральными законами;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a6"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:right="-1"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423046">
-[...324 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иное не предусмотрено другим соглашением между Оператором и субъектом персональных данных.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="26"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5.3. Уничтожение персональных данных осуществляет комиссия, созданная приказом Руководителя Оператора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5.4. Способы уничтожения персональных данных устанавливаются в локальных нормативных актах Оператора.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk162979104"/>
+      <w:r/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Заключительные положения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1. Политика утверждена приказом Руководителя Оператора № 1-ПДн от 26.01.2026 и действует бессрочно до момента вступления в силу новой редакции Политики.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.2. В случае изменения законодательства </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk155527565"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Российской Федерации в области защиты персональных данных</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оператор принимает новую редакцию Политики с учетом изменений. До этого момента Политика действует в части, не противоречащей действующему законодательству Российской Федерации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.3. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk178871508"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях связи с Оператором могут быть использованы следующие контактные данные:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk178952993"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+79108540213;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: tambov@spravedlivo.ru;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk192694727"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">почтовый адрес: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="12"/>
-[...19 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">392000, Тамбовская область, г. Тамбов, ул. Базарная, д. 126.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk162979104_Копия_1"/>
+      <w:r/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Председатель Совета регионального отделения</w:t>
-[...6 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t xml:space="preserve">Председатель Совета регионального отделения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Партии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">СПРАВЕДЛИВАЯ РОССИЯ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="730"/>
+        <w:jc w:val="both"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708" w:leader="none"/>
+          <w:tab w:val="left" w:pos="8220" w:leader="none"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F02B76">
-[...61 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тамбовской области </w:t>
         <w:tab/>
-      </w:r>
-[...55 lines deleted...]
-      <w:cols w:space="708"/>
+        <w:t xml:space="preserve">П.В. Плотников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="712"/>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:footnotePr/>
+      <w:endnotePr/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgMar w:top="567" w:right="566" w:bottom="1134" w:left="1134" w:header="0" w:footer="708" w:gutter="0"/>
+      <w:cols w:num="1" w:sep="0" w:space="1701" w:equalWidth="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2273992C" w14:textId="77777777" w:rsidR="00EE6B4F" w:rsidRDefault="00EE6B4F" w:rsidP="00EE6B4F">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r/>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E0E6898" w14:textId="77777777" w:rsidR="00EE6B4F" w:rsidRDefault="00EE6B4F" w:rsidP="00EE6B4F">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r/>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+  </w:font>
   <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
-[...3 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:panose1 w:val="05010000000000000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans;Times New Roman">
+    <w:panose1 w:val="020B0603030804020204"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+  </w:font>
+  <w:font w:name="Source Han Sans CN">
+    <w:panose1 w:val="020B0604030504040204"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05010000000000000000"/>
+  </w:font>
+  <w:font w:name="NotoSans NF">
+    <w:panose1 w:val="020B0604030504040204"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
-[...16 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...18 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040803050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
+      <w15:appearance w15:val="boundingBox"/>
       <w:id w:val="-396353047"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
-        <w:docPartUnique/>
+        <w:docPartUnique w:val="true"/>
       </w:docPartObj>
+      <w:rPr/>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="595983F1" w14:textId="77777777" w:rsidR="00EE6B4F" w:rsidRPr="00EE6B4F" w:rsidRDefault="00EE6B4F">
+      <w:p>
         <w:pPr>
-          <w:pStyle w:val="a9"/>
+          <w:pStyle w:val="734"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00EE6B4F">
+        <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EE6B4F">
+        <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EE6B4F">
+        <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000C0C9A">
+        <w:r>
           <w:rPr>
-            <w:noProof/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t xml:space="preserve">11</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EE6B4F">
+        <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+        </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="5A279A3A" w14:textId="77777777" w:rsidR="00EE6B4F" w:rsidRDefault="00EE6B4F">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="a9"/>
+      <w:pStyle w:val="734"/>
     </w:pPr>
+    <w:r/>
+    <w:r/>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="734"/>
+    </w:pPr>
+    <w:r/>
+    <w:r/>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w15:appearance w15:val="boundingBox"/>
+      <w:id w:val="-396353047"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique w:val="true"/>
+      </w:docPartObj>
+      <w:rPr/>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p>
+        <w:pPr>
+          <w:pStyle w:val="734"/>
+          <w:jc w:val="right"/>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve">11</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+          </w:rPr>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="734"/>
+    </w:pPr>
+    <w:r/>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D2E8419" w14:textId="77777777" w:rsidR="00EE6B4F" w:rsidRDefault="00EE6B4F" w:rsidP="00EE6B4F">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r/>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="763C4ED2" w14:textId="77777777" w:rsidR="00EE6B4F" w:rsidRDefault="00EE6B4F" w:rsidP="00EE6B4F">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r/>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-[...70 lines deleted...]
-    <w:tmpl w:val="96886B94"/>
+  <w:abstractNum w:abstractNumId="0">
+    <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="3E7EFBC6"/>
+  <w:abstractNum w:abstractNumId="1">
+    <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1209"/>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="1209" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="6FEAFD76"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="926"/>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="926" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="6150CBD6"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="643"/>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="643" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...19 lines deleted...]
-    <w:tmpl w:val="9994322E"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7407" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="016F25AB"/>
+  <w:abstractNum w:abstractNumId="5">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="973EB878"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="1287" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="2007" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="2727" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="3447" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="4167" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="4887" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="5607" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="6327" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="7047" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06C720DA"/>
+  <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9CBA10C6"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08AC6372"/>
+  <w:abstractNum w:abstractNumId="7">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C91E0D58"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08C4031E"/>
+  <w:abstractNum w:abstractNumId="8">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0A329CA2"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="098011A7"/>
+  <w:abstractNum w:abstractNumId="9">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C7D01F0C"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0EE17857"/>
+  <w:abstractNum w:abstractNumId="10">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8690C486"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12D11630"/>
+  <w:abstractNum w:abstractNumId="11">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1CB4A602"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="145E0E2A"/>
+  <w:abstractNum w:abstractNumId="12">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5A72502E"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="255A3735"/>
+  <w:abstractNum w:abstractNumId="13">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D5A6B66"/>
-    <w:lvl w:ilvl="0" w:tplc="9E6E7FB8">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
-[...3 lines deleted...]
-        <w:b w:val="0"/>
+        <w:ind w:left="1287" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2BBD1FBF"/>
+  <w:abstractNum w:abstractNumId="14">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="71C03D04"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C1B4E8C"/>
+  <w:abstractNum w:abstractNumId="15">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C3D8BEC4"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="339E7D17"/>
+  <w:abstractNum w:abstractNumId="16">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6BB6A0EE"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2007" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2727" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3447" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4167" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4887" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5607" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6327" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7047" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="6480" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="39F24580"/>
+  <w:abstractNum w:abstractNumId="17">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FF6A35EE"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:isLgl w:val="false"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="360"/>
-[...1561 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0" w:leader="none"/>
+        </w:tabs>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="33"/>
-[...4 lines deleted...]
-  <w:num w:numId="20">
     <w:abstractNumId w:val="17"/>
-  </w:num>
-[...49 lines deleted...]
-    <w:abstractNumId w:val="34"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:mirrorMargins w:val="true"/>
+  <w:trackRevisions w:val="false"/>
+  <w:documentProtection/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation w:val="true"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
+    <w:pos w:val="pageBottom"/>
+    <w:numFmt w:val="decimal"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:pos w:val="docEnd"/>
+    <w:numFmt w:val="lowerRoman"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...160 lines deleted...]
-  <w:themeFontLang w:val="ru-RU"/>
+  <m:mathPr/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026" strokecolor="000000"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...3 lines deleted...]
-  <w15:docId w15:val="{B526D460-D44B-44BA-AF4E-1FD74BF41F89}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr/>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
-[...30 lines deleted...]
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:styleId="13">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...2 lines deleted...]
-    <w:uiPriority w:val="34"/>
+  <w:style w:type="paragraph" w:styleId="14">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="15"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E56246"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="480" w:after="200"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="15">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="14"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="16">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="17"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="360" w:after="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="34"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="17">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="16"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="34"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="18">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="19"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="320" w:after="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="19">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="18"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="20">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="320" w:after="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="320" w:after="200"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="23">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="24">
+    <w:name w:val="Heading 6"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="25"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="320" w:after="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="25">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="24"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="26">
+    <w:name w:val="Heading 7"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="27"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="320" w:after="200"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="27">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="26"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="28">
+    <w:name w:val="Heading 8"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="29"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="320" w:after="200"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="29">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="28"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="30">
+    <w:name w:val="Heading 9"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="31"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:keepNext/>
+      <w:spacing w:before="320" w:after="200"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="31">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="35">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="36"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
       <w:contextualSpacing/>
+      <w:spacing w:before="300" w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="36">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="35"/>
+    <w:uiPriority w:val="10"/>
+    <w:rPr>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="37">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="38"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="38">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="37"/>
+    <w:uiPriority w:val="11"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="39">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="720" w:right="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="40">
+    <w:name w:val="Quote Char"/>
+    <w:link w:val="39"/>
+    <w:uiPriority w:val="29"/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="41">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:link w:val="42"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:contextualSpacing w:val="0"/>
+      <w:ind w:left="720" w:right="720"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="f2f2f2"/>
+      <w:pBdr>
+        <w:top w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
+        <w:left w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
+        <w:right w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
+      </w:pBdr>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="42">
+    <w:name w:val="Intense Quote Char"/>
+    <w:link w:val="41"/>
+    <w:uiPriority w:val="30"/>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="44">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="733"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="46">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="734"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="48">
+    <w:name w:val="Caption Char"/>
+    <w:basedOn w:val="713"/>
+    <w:link w:val="723"/>
+    <w:uiPriority w:val="35"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4f81bd" w:themeColor="accent1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="49">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="50">
+    <w:name w:val="Table Grid Light"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="51">
+    <w:name w:val="Plain Table 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="52">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="53">
+    <w:name w:val="Plain Table 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="54">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="55">
+    <w:name w:val="Plain Table 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="56">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="57">
+    <w:name w:val="Grid Table 1 Light - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="58">
+    <w:name w:val="Grid Table 1 Light - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="59">
+    <w:name w:val="Grid Table 1 Light - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="60">
+    <w:name w:val="Grid Table 1 Light - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="61">
+    <w:name w:val="Grid Table 1 Light - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="62">
+    <w:name w:val="Grid Table 1 Light - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="63">
+    <w:name w:val="Grid Table 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="64">
+    <w:name w:val="Grid Table 2 - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="65">
+    <w:name w:val="Grid Table 2 - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="66">
+    <w:name w:val="Grid Table 2 - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="67">
+    <w:name w:val="Grid Table 2 - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="68">
+    <w:name w:val="Grid Table 2 - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="69">
+    <w:name w:val="Grid Table 2 - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="70">
+    <w:name w:val="Grid Table 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="71">
+    <w:name w:val="Grid Table 3 - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="72">
+    <w:name w:val="Grid Table 3 - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="73">
+    <w:name w:val="Grid Table 3 - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="74">
+    <w:name w:val="Grid Table 3 - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="75">
+    <w:name w:val="Grid Table 3 - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="76">
+    <w:name w:val="Grid Table 3 - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="77">
+    <w:name w:val="Grid Table 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="78">
+    <w:name w:val="Grid Table 4 - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dfebf6" w:themeFill="accent1" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dfebf6" w:themeFill="accent1" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="79">
+    <w:name w:val="Grid Table 4 - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="80">
+    <w:name w:val="Grid Table 4 - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="81">
+    <w:name w:val="Grid Table 4 - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="82">
+    <w:name w:val="Grid Table 4 - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="83">
+    <w:name w:val="Grid Table 4 - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="84">
+    <w:name w:val="Grid Table 5 Dark"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="85">
+    <w:name w:val="Grid Table 5 Dark- Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="b4d2eb" w:themeFill="accent1" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="b4d2eb" w:themeFill="accent1" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="86">
+    <w:name w:val="Grid Table 5 Dark - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="f6c3a1" w:themeFill="accent2" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="f6c3a1" w:themeFill="accent2" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="87">
+    <w:name w:val="Grid Table 5 Dark - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d6d6d6" w:themeFill="accent3" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d6d6d6" w:themeFill="accent3" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="88">
+    <w:name w:val="Grid Table 5 Dark- Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="fee189" w:themeFill="accent4" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="fee189" w:themeFill="accent4" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="89">
+    <w:name w:val="Grid Table 5 Dark - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="aabfe3" w:themeFill="accent5" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="aabfe3" w:themeFill="accent5" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="90">
+    <w:name w:val="Grid Table 5 Dark - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="bedba8" w:themeFill="accent6" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="bedba8" w:themeFill="accent6" w:themeFillTint="75"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="91">
+    <w:name w:val="Grid Table 6 Colorful"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="92">
+    <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="93">
+    <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="94">
+    <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="95">
+    <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="96">
+    <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="97">
+    <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="98">
+    <w:name w:val="Grid Table 7 Colorful"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="99">
+    <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="100">
+    <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="101">
+    <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="102">
+    <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="103">
+    <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="104">
+    <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="105">
+    <w:name w:val="List Table 1 Light"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="106">
+    <w:name w:val="List Table 1 Light - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="107">
+    <w:name w:val="List Table 1 Light - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="108">
+    <w:name w:val="List Table 1 Light - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="109">
+    <w:name w:val="List Table 1 Light - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="110">
+    <w:name w:val="List Table 1 Light - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="111">
+    <w:name w:val="List Table 1 Light - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="112">
+    <w:name w:val="List Table 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="113">
+    <w:name w:val="List Table 2 - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="114">
+    <w:name w:val="List Table 2 - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="115">
+    <w:name w:val="List Table 2 - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="116">
+    <w:name w:val="List Table 2 - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="117">
+    <w:name w:val="List Table 2 - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="118">
+    <w:name w:val="List Table 2 - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="119">
+    <w:name w:val="List Table 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="120">
+    <w:name w:val="List Table 3 - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="121">
+    <w:name w:val="List Table 3 - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="122">
+    <w:name w:val="List Table 3 - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="123">
+    <w:name w:val="List Table 3 - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="124">
+    <w:name w:val="List Table 3 - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="125">
+    <w:name w:val="List Table 3 - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="126">
+    <w:name w:val="List Table 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="127">
+    <w:name w:val="List Table 4 - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="128">
+    <w:name w:val="List Table 4 - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="129">
+    <w:name w:val="List Table 4 - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="130">
+    <w:name w:val="List Table 4 - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="131">
+    <w:name w:val="List Table 4 - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="132">
+    <w:name w:val="List Table 4 - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="133">
+    <w:name w:val="List Table 5 Dark"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="134">
+    <w:name w:val="List Table 5 Dark - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="135">
+    <w:name w:val="List Table 5 Dark - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="136">
+    <w:name w:val="List Table 5 Dark - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="137">
+    <w:name w:val="List Table 5 Dark - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="138">
+    <w:name w:val="List Table 5 Dark - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="139">
+    <w:name w:val="List Table 5 Dark - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="140">
+    <w:name w:val="List Table 6 Colorful"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="141">
+    <w:name w:val="List Table 6 Colorful - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="142">
+    <w:name w:val="List Table 6 Colorful - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="143">
+    <w:name w:val="List Table 6 Colorful - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="144">
+    <w:name w:val="List Table 6 Colorful - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="145">
+    <w:name w:val="List Table 6 Colorful - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="146">
+    <w:name w:val="List Table 6 Colorful - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="147">
+    <w:name w:val="List Table 7 Colorful"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="148">
+    <w:name w:val="List Table 7 Colorful - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="149">
+    <w:name w:val="List Table 7 Colorful - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="150">
+    <w:name w:val="List Table 7 Colorful - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="151">
+    <w:name w:val="List Table 7 Colorful - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="152">
+    <w:name w:val="List Table 7 Colorful - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="153">
+    <w:name w:val="List Table 7 Colorful - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:i/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="154">
+    <w:name w:val="Lined - Accent"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="155">
+    <w:name w:val="Lined - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="cce0f1" w:themeFill="accent1" w:themeFillTint="50"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="cce0f1" w:themeFill="accent1" w:themeFillTint="50"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="156">
+    <w:name w:val="Lined - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="157">
+    <w:name w:val="Lined - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="158">
+    <w:name w:val="Lined - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="159">
+    <w:name w:val="Lined - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="160">
+    <w:name w:val="Lined - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="161">
+    <w:name w:val="Bordered &amp; Lined - Accent"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="162">
+    <w:name w:val="Bordered &amp; Lined - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="cce0f1" w:themeFill="accent1" w:themeFillTint="50"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="cce0f1" w:themeFill="accent1" w:themeFillTint="50"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="163">
+    <w:name w:val="Bordered &amp; Lined - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="164">
+    <w:name w:val="Bordered &amp; Lined - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="165">
+    <w:name w:val="Bordered &amp; Lined - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="166">
+    <w:name w:val="Bordered &amp; Lined - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="167">
+    <w:name w:val="Bordered &amp; Lined - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="168">
+    <w:name w:val="Bordered"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="169">
+    <w:name w:val="Bordered - Accent 1"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="170">
+    <w:name w:val="Bordered - Accent 2"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="171">
+    <w:name w:val="Bordered - Accent 3"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="172">
+    <w:name w:val="Bordered - Accent 4"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="173">
+    <w:name w:val="Bordered - Accent 5"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="174">
+    <w:name w:val="Bordered - Accent 6"/>
+    <w:basedOn w:val="738"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="176">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="712"/>
+    <w:link w:val="177"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="177">
+    <w:name w:val="Footnote Text Char"/>
+    <w:link w:val="176"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="178">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="713"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="179">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="712"/>
+    <w:link w:val="180"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="180">
+    <w:name w:val="Endnote Text Char"/>
+    <w:link w:val="179"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="181">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="713"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="182">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="183">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="283" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="184">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="567" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="185">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="850" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="186">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="1134" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="187">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="1417" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="188">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="1701" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="189">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="1984" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="190">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:ind w:left="2268" w:right="0" w:firstLine="0"/>
+      <w:spacing w:after="57"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="191">
+    <w:name w:val="TOC Heading"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="192">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="712"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:after="0" w:afterAutospacing="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="712" w:default="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:widowControl/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="713" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:styleId="714">
     <w:name w:val="Strong"/>
     <w:qFormat/>
-    <w:rsid w:val="00CF0E10"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="character" w:styleId="715" w:customStyle="1">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="713"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="716" w:customStyle="1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="713"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="717">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="718">
+    <w:name w:val="Hyperlink1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="719">
+    <w:name w:val="WW-Hyperlink"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="720">
+    <w:name w:val="Заголовок"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="721"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Source Han Sans CN" w:cs="NotoSans NF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="721">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="712"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="722">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="721"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="NotoSans NF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="723">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="712"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="NotoSans NF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="724">
+    <w:name w:val="Указатель"/>
+    <w:basedOn w:val="712"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="NotoSans NF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="725">
+    <w:name w:val="Заголовок (user)"/>
+    <w:basedOn w:val="712"/>
+    <w:next w:val="721"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Source Han Sans CN" w:cs="NotoSans NF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="726">
+    <w:name w:val="Указатель (user)"/>
+    <w:basedOn w:val="712"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="NotoSans NF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="727">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="712"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:contextualSpacing/>
+      <w:ind w:left="720"/>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="728">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="712"/>
     <w:semiHidden/>
-    <w:rsid w:val="002E1612"/>
+    <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+  <w:style w:type="paragraph" w:styleId="729" w:customStyle="1">
     <w:name w:val="ConsPlusNormal"/>
-    <w:rsid w:val="00620D5F"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:autoSpaceDN w:val="0"/>
+      <w:jc w:val="left"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:widowControl w:val="off"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-      <w:kern w:val="2"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
+      <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="730">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00620D5F"/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:widowControl/>
+    </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...2 lines deleted...]
-    <w:link w:val="a8"/>
+  <w:style w:type="paragraph" w:styleId="731">
+    <w:name w:val="Колонтитулы (user)"/>
+    <w:basedOn w:val="712"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="732">
+    <w:name w:val="Колонтитулы"/>
+    <w:basedOn w:val="712"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="733">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="712"/>
+    <w:link w:val="715"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE6B4F"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4677"/>
-        <w:tab w:val="right" w:pos="9355"/>
+        <w:tab w:val="clear" w:pos="708" w:leader="none"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...14 lines deleted...]
-    <w:link w:val="aa"/>
+  <w:style w:type="paragraph" w:styleId="734">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="712"/>
+    <w:link w:val="716"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE6B4F"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4677"/>
-        <w:tab w:val="right" w:pos="9355"/>
+        <w:tab w:val="clear" w:pos="708" w:leader="none"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...4 lines deleted...]
-    <w:rsid w:val="00EE6B4F"/>
+  <w:style w:type="paragraph" w:styleId="735">
+    <w:name w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+      <w:spacing w:before="0" w:after="160" w:line="252" w:lineRule="auto"/>
+      <w:widowControl/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="DejaVu Sans;Times New Roman"/>
+      <w:color w:val="00000a"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ab">
-[...4 lines deleted...]
-    <w:rsid w:val="00F857BB"/>
+  <w:style w:type="paragraph" w:styleId="736">
+    <w:name w:val="Heading 11"/>
+    <w:basedOn w:val="735"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+      <w:keepNext/>
+      <w:widowControl/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="numbering" w:styleId="737" w:default="1">
+    <w:name w:val="Без списка (user)"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F857BB"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="table" w:styleId="738" w:default="1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...40 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBCDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617661F9A77FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB66716AF7A37FEAA1871CB8FB5FE7275ECA7441F9B5D1D8C4BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DD6D7367F4F228E8F0D212BDF30FBD3748837946E7B5D5C7CFB701M5G3I" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DAC8BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DAC8BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D3D1CFBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617C63F9A07FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB677663FAA17FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441FDBE878889E20E508F35C0B966196873M4G8I" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D2D1CABC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB647D60FBA47FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1DEC5BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DC6D7664F7A37FEAA1871CB8FB5FE7275ECA7441F9B5D3D8CFBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tambov@spravedlivo.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tambov.spravedlivo.ru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667C66F8A57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=4B1AA24D5380655912E1FD663DD0814500FBE1B2D53546F83D03A09CB83C494FA2C971DB1BF6C3AEB0BA7AD0A6T8g8G" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1DCCABC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DFCDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1D1CDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB677562FAA67FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DC617162FDA47FEAA1871CB8FB5FE7275ECA7441F9B5D3D8CDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617767FBA17FEAA1871CB8FB5FE7275ECA7441F9B5D3DACDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBCDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/></Relationships>
+<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DFCDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1D1CDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D2D1CABC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DAC8BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBCDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617767FBA17FEAA1871CB8FB5FE7275ECA7441F9B5D3DACDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DD6D7367F4F228E8F0D212BDF30FBD3748837946E7B5D5C7CFB701M5G3I" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667C66F8A57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB647D60FBA47FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617C63F9A07FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB677562FAA67FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB617661F9A77FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=4B1AA24D5380655912E1FD663DD0814500FBE1B2D53546F83D03A09CB83C494FA2C971DB1BF6C3AEB0BA7AD0A6T8g8G" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1DEC5BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D3D1CFBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D1DCCABC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DC6D7664F7A37FEAA1871CB8FB5FE7275ECA7441F9B5D3D8CFBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB677663FAA17FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DC617162FDA47FEAA1871CB8FB5FE7275ECA7441F9B5D3D8CDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441FDBE878889E20E508F35C0B966196873M4G8I" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB66716AF7A37FEAA1871CB8FB5FE7275ECA7441F9B5D1D8C4BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBC9BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DBCDBC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7275ECA7441F9B5D0DAC8BC5701CD7ECDBF7E05687755265311M5GAI" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=A40EB56B7EB51568E21F764F226D0562DB667D60FFA57FEAA1871CB8FB5FE7274CCA2C4DF9B3CDD9CBA901508BM2G8I" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface="Liberation Sans"/>
+        <a:cs typeface="Liberation Sans"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface="Liberation Sans"/>
+        <a:cs typeface="Liberation Sans"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
-                <a:satMod val="109000"/>
                 <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
-            <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
-                <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
-                <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
-                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
-[...4 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...23 lines deleted...]
-  </TitlesOfParts>
+  <Application>r7-office/2025.3.2.1000</Application>
   <Company>ISM_ZAO</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-[...3 lines deleted...]
-  <AppVersion></AppVersion>
+  <Template>Normal</Template>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
-  <cp:keywords/>
   <dc:description/>
+  <dc:language>ru-RU</dc:language>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>